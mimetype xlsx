--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1598,51 +1598,51 @@
       </c>
       <c r="L21" s="7">
         <v>7.78</v>
       </c>
       <c r="M21" s="7">
         <v>8.24</v>
       </c>
       <c r="N21" s="7">
         <v>8.55</v>
       </c>
       <c r="O21" s="7">
         <v>8.36</v>
       </c>
       <c r="P21" s="7">
         <v>8.02</v>
       </c>
       <c r="Q21" s="7">
         <v>7.63</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="7">
-        <v>0.0</v>
+        <v>1.44</v>
       </c>
       <c r="C22" s="7">
         <v>1.4</v>
       </c>
       <c r="D22" s="7">
         <v>1.35</v>
       </c>
       <c r="E22" s="7">
         <v>1.36</v>
       </c>
       <c r="F22" s="7">
         <v>1.38</v>
       </c>
       <c r="G22" s="7">
         <v>1.33</v>
       </c>
       <c r="H22" s="7">
         <v>1.44</v>
       </c>
       <c r="I22" s="7">
         <v>1.61</v>
       </c>
       <c r="J22" s="7">
         <v>1.75</v>
       </c>
@@ -2417,51 +2417,51 @@
       </c>
       <c r="L21" s="7">
         <v>0.85</v>
       </c>
       <c r="M21" s="7">
         <v>0.86</v>
       </c>
       <c r="N21" s="7">
         <v>0.9</v>
       </c>
       <c r="O21" s="7">
         <v>0.9</v>
       </c>
       <c r="P21" s="7">
         <v>0.89</v>
       </c>
       <c r="Q21" s="7">
         <v>0.84</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="7">
-        <v>0.0</v>
+        <v>0.51</v>
       </c>
       <c r="C22" s="7">
         <v>0.49</v>
       </c>
       <c r="D22" s="7">
         <v>0.48</v>
       </c>
       <c r="E22" s="7">
         <v>0.48</v>
       </c>
       <c r="F22" s="7">
         <v>0.44</v>
       </c>
       <c r="G22" s="7">
         <v>0.44</v>
       </c>
       <c r="H22" s="7">
         <v>0.46</v>
       </c>
       <c r="I22" s="7">
         <v>0.48</v>
       </c>
       <c r="J22" s="7">
         <v>0.54</v>
       </c>
@@ -3236,51 +3236,51 @@
       </c>
       <c r="L21" s="7">
         <v>2.08</v>
       </c>
       <c r="M21" s="7">
         <v>2.28</v>
       </c>
       <c r="N21" s="7">
         <v>2.45</v>
       </c>
       <c r="O21" s="7">
         <v>2.63</v>
       </c>
       <c r="P21" s="7">
         <v>2.95</v>
       </c>
       <c r="Q21" s="7">
         <v>3.18</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="7">
-        <v>0.0</v>
+        <v>1.09</v>
       </c>
       <c r="C22" s="7">
         <v>1.04</v>
       </c>
       <c r="D22" s="7">
         <v>1.02</v>
       </c>
       <c r="E22" s="7">
         <v>0.98</v>
       </c>
       <c r="F22" s="7">
         <v>0.93</v>
       </c>
       <c r="G22" s="7">
         <v>0.91</v>
       </c>
       <c r="H22" s="7">
         <v>0.93</v>
       </c>
       <c r="I22" s="7">
         <v>0.99</v>
       </c>
       <c r="J22" s="7">
         <v>1.04</v>
       </c>